--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64babb877ee54b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d3db602b504f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4788e01dab1a4a85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8473670eb3a14fdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d71182a101e4d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4788e01dab1a4a85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a62399f1194ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8473670eb3a14fdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,685</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,945</x:t>
-[...43 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>2,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>