--- v1 (2025-10-30)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03d3db602b504f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a0b864892f43f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8473670eb3a14fdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re627aaa3f75e4c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a62399f1194ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8473670eb3a14fdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fcd8793ab0d450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re627aaa3f75e4c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774023</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>2,655</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>