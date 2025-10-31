--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91ee66f58a24ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5bd678610b4efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3519da58210c423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd164c73c1e764908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcb8a8025634aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3519da58210c423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b18582384741b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd164c73c1e764908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>1,785</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,045</x:t>
-[...16 lines deleted...]
-          <x:t>2,135</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,115</x:t>
-[...274 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>