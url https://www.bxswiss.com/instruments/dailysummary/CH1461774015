--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5bd678610b4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c2376b48a94e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd164c73c1e764908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf349dd7801764c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b18582384741b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd164c73c1e764908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7eaaf0546c54004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf349dd7801764c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...21 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,105</x:t>
-[...43 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>2,365</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>3,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>