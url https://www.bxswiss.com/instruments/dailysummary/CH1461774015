--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c2376b48a94e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f46d8ffc074180" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf349dd7801764c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a3483289f6476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7eaaf0546c54004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf349dd7801764c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a947c6dd24c4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a3483289f6476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,725</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,685</x:t>
-[...485 lines deleted...]
-          <x:t>2,068</x:t>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>