--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2f46d8ffc074180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5af87db5cde48b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0a3483289f6476a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d1a3377b8d4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a947c6dd24c4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0a3483289f6476a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd736bb57a6141ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d1a3377b8d4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>2,522</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,502</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>2,678</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,682</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>