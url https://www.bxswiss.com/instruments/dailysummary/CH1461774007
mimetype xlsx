--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0397e1eac2314705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e219e3b2c24876" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64dfc5a7f0b04a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa5d400df04c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf353ac2d30f14312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64dfc5a7f0b04a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb22e12667a540ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa5d400df04c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,915</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
-[...26 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,605</x:t>
-[...75 lines deleted...]
-          <x:t>2,215</x:t>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>2,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
-[...85 lines deleted...]
-          <x:t>2,595</x:t>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>