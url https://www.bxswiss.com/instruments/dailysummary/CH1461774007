--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e219e3b2c24876" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fa8e4542a44e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7faa5d400df04c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4534b2060ab4b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb22e12667a540ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7faa5d400df04c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2b9996e9ba4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4534b2060ab4b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,215</x:t>
-[...16 lines deleted...]
-          <x:t>2,185</x:t>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...11 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>2,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>2,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>