--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fa8e4542a44e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1474e6f91248e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4534b2060ab4b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0daf0d45012407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2b9996e9ba4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4534b2060ab4b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204916759df54003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0daf0d45012407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>2,805</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>2,182</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>