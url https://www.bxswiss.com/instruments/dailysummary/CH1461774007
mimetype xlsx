--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1474e6f91248e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra27eb781fbae4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0daf0d45012407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87625dce20e14f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204916759df54003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0daf0d45012407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80073ab4674d45a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87625dce20e14f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461774007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,748</x:t>
-[...197 lines deleted...]
-        <x:is>
           <x:t>2,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,810</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>