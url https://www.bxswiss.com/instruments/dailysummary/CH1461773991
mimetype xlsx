--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff77cef9784c49eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fed6838b3fc4e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cbddb0eb51d4494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a7736fbdcd4b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a18545212c475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cbddb0eb51d4494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978b40c7de2d4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a7736fbdcd4b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...26 lines deleted...]
-          <x:t>2,355</x:t>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,585</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,465</x:t>
-[...38 lines deleted...]
-          <x:t>2,325</x:t>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>2,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...53 lines deleted...]
-          <x:t>2,645</x:t>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>