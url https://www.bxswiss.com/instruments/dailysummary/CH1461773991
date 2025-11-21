--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fed6838b3fc4e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b75bf2d86ca4a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a7736fbdcd4b4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3cbae08bcc47da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R978b40c7de2d4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a7736fbdcd4b4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b29278e1144d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3cbae08bcc47da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,405</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,325</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,525</x:t>
-[...16 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,075</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>