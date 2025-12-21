--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b75bf2d86ca4a5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e2f3a07d8a4d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b3cbae08bcc47da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933a43a2f8ec411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49b29278e1144d53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b3cbae08bcc47da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf19769a1e514104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933a43a2f8ec411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>2,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>