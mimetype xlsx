--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63e2f3a07d8a4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe07a5a8bad4749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933a43a2f8ec411c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2061ce0e639640f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf19769a1e514104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933a43a2f8ec411c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70288625867f4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2061ce0e639640f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773991</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>2,772</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,752</x:t>
-[...183 lines deleted...]
-          <x:t>2,900</x:t>
+          <x:t>2,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,982</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,581</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>