--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d5f7e000154a52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a8b4bca467402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc21ff6bc0b254826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8c7e9445754ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbfcce664690452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc21ff6bc0b254826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290bdb023a134786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8c7e9445754ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,995</x:t>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,485</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,835</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,535</x:t>
-[...156 lines deleted...]
-          <x:t>2,705</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>2,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>