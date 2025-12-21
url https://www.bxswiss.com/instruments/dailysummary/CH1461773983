--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a8b4bca467402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76682309af7e4097" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8c7e9445754ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re625324eb046405a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R290bdb023a134786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8c7e9445754ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f449998975048de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re625324eb046405a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,055</x:t>
-[...80 lines deleted...]
-          <x:t>3,395</x:t>
+          <x:t>3,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>