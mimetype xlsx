--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76682309af7e4097" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c3e970ec854980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re625324eb046405a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a371b45ab554646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f449998975048de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re625324eb046405a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14739f5a57d14bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a371b45ab554646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>2,902</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,880</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>3,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,072</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>