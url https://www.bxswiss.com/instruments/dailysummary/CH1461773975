--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc89402d57db244a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2851bfa8d8145e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9684c3cfd20b4c9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea279a57df5448c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911d0891bb9d4cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9684c3cfd20b4c9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba170987d91e42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea279a57df5448c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>2,555</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>2,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>