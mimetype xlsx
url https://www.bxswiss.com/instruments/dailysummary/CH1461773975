--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2851bfa8d8145e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8789a7edc3154ea4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea279a57df5448c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce8799eaaa84117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba170987d91e42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea279a57df5448c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf48a2fd94c8c4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce8799eaaa84117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>