--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60ce54b7ef34439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90c7bf62ed64963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3d6220e79ec47c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb7b45741da4985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd941c9f8c4bf44f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3d6220e79ec47c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d30d41a8dc0492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb7b45741da4985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,475</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,415</x:t>
-[...161 lines deleted...]
-          <x:t>2,575</x:t>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...16 lines deleted...]
-          <x:t>2,875</x:t>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,075</x:t>
-[...269 lines deleted...]
-          <x:t>3,025</x:t>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>