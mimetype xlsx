--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb90c7bf62ed64963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb242e75a5e184894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb7b45741da4985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98ddd00050744ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d30d41a8dc0492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb7b45741da4985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8061c9a62d2f436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98ddd00050744ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>2,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,775</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>2,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>3,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,965</x:t>
-[...70 lines deleted...]
-          <x:t>3,045</x:t>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,445</x:t>
-[...80 lines deleted...]
-          <x:t>3,785</x:t>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>