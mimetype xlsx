--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb242e75a5e184894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5737512a684d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98ddd00050744ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dab2dad5db84a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8061c9a62d2f436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98ddd00050744ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a4666d82dc640c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dab2dad5db84a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>