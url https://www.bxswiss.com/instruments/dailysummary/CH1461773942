--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50319f6d41844d8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37150b9a8bf403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35af5c73e61644b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra471f409fe42423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd3195af7844cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35af5c73e61644b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7a5d1137884d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra471f409fe42423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,725</x:t>
-[...31 lines deleted...]
-          <x:t>2,425</x:t>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>2,915</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>22.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...247 lines deleted...]
-          <x:t>3,315</x:t>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>