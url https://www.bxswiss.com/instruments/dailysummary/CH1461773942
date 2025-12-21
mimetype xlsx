--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc37150b9a8bf403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd268edb4b6247a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra471f409fe42423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3236fc25aff4c3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7a5d1137884d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra471f409fe42423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9db8bfbb9a40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3236fc25aff4c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,915</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>