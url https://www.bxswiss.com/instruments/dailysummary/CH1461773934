--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb310c56111e240e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2f6d75bea84350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaa4c30ef3814c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71efd593ba15450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ff69162d3148e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaa4c30ef3814c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc769f65ee42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71efd593ba15450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,175</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...11 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,195</x:t>
-[...603 lines deleted...]
-          <x:t>4,055</x:t>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>