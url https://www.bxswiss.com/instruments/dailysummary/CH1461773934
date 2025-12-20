--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2f6d75bea84350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc440d5b93479458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71efd593ba15450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c33304ccc84fcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59dc769f65ee42c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71efd593ba15450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd912b98e13244340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c33304ccc84fcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773934</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>