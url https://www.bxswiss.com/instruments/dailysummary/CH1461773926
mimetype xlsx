--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b3fde45b534d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69508337bec44a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16f238198f94000"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f77de599f408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c8d6b2f26b944ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16f238198f94000" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735f7adde22f49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f77de599f408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,975</x:t>
-[...31 lines deleted...]
-          <x:t>2,665</x:t>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>3,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,135</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,345</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,415</x:t>
-[...225 lines deleted...]
-          <x:t>3,465</x:t>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>