--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69508337bec44a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8465e492b054112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb51f77de599f408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fdaeb53652c433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735f7adde22f49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb51f77de599f408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb39b379a87e34966" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fdaeb53652c433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,165</x:t>
-[...16 lines deleted...]
-          <x:t>3,225</x:t>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,135</x:t>
-[...43 lines deleted...]
-          <x:t>3,315</x:t>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,235</x:t>
-[...124 lines deleted...]
-          <x:t>3,425</x:t>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,285</x:t>
-[...70 lines deleted...]
-          <x:t>2,985</x:t>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,785</x:t>
-[...328 lines deleted...]
-          <x:t>4,185</x:t>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>