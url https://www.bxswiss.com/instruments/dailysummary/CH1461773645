--- v0 (2025-10-06)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f1802edfb047af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1622d8093bc8416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ba6c1804024515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905ec4cb9f5d4489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202cdf7cb0ce4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ba6c1804024515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c95aa36cf4d496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905ec4cb9f5d4489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...38 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...124 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>0,795</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>