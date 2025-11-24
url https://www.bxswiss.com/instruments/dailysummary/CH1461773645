--- v1 (2025-10-31)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1622d8093bc8416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb0b0673e284a97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905ec4cb9f5d4489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d4a206eec34b87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c95aa36cf4d496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905ec4cb9f5d4489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75781cfe61ea4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d4a206eec34b87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...16 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...107 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...193 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>