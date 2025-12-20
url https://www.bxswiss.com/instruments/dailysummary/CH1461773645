--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb0b0673e284a97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ef192faed94c0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57d4a206eec34b87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1425d582106452e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75781cfe61ea4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57d4a206eec34b87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra93c4c1b6b8541fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1425d582106452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>