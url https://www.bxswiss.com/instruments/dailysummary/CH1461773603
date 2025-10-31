--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d3018cb1474c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19086f56546148d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddac1c6352be4e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e2ce4abeab4ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a288a178114d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddac1c6352be4e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ff1362ca104f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e2ce4abeab4ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...6 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...48 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,815</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...193 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>1,045</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...85 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>