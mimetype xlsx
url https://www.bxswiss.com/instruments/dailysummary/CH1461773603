--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19086f56546148d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc455e7d16d41cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e2ce4abeab4ebd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebd4785943c84f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ff1362ca104f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e2ce4abeab4ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6331e5a921d142f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebd4785943c84f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>