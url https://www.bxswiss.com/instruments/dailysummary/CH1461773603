--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc455e7d16d41cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde24b12102544d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebd4785943c84f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ece7abcbf24433a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6331e5a921d142f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebd4785943c84f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90fd2aea080b4b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ece7abcbf24433a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,438</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +717,77 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>