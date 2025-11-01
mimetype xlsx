--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb9c86fe76e4c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f5c5b86b634727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36654d76985f4c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe754c08f134020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5add1efa8ca44193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36654d76985f4c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8419bf1ff1b4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe754c08f134020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,675</x:t>
-[...97 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...205 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...4 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>