--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f5c5b86b634727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92300c8065eb44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe754c08f134020"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec861f4104940b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8419bf1ff1b4326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe754c08f134020" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1991c167fa03466c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec861f4104940b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461773595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,915</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...16 lines deleted...]
-          <x:t>1,055</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...26 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>1,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>