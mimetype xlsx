--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7e2422d0744760" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e10b98f29bd452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6406b3dbe80c4d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f826215fd8b4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7396fa86a7c14da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6406b3dbe80c4d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bfcf5775bc425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f826215fd8b4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,335</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,045</x:t>
-[...112 lines deleted...]
-          <x:t>3,345</x:t>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>