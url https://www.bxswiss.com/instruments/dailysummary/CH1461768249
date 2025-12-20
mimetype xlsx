--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e10b98f29bd452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e01c608c0c5419c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f826215fd8b4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re29760d5c4a64e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bfcf5775bc425a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f826215fd8b4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896e575c949f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re29760d5c4a64e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>2,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...364 lines deleted...]
-          <x:t>2,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,315</x:t>
-[...242 lines deleted...]
-          <x:t>3,055</x:t>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>