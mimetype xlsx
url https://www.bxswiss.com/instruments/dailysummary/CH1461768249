--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e01c608c0c5419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2995d4a3b15c4110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re29760d5c4a64e23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1959b1d73bea4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896e575c949f46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re29760d5c4a64e23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c591b0aa4354d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1959b1d73bea4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,455</x:t>
-[...11 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...544 lines deleted...]
-          <x:t>1,425</x:t>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>