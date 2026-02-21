--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2995d4a3b15c4110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb18b645c5a41f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1959b1d73bea4f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10e91e902f734cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c591b0aa4354d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1959b1d73bea4f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92c124f0f04f4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10e91e902f734cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>