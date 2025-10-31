--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34098c6a57884e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d7973fa07544d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40c155cf5fd242ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51187002bbcf448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb166273b2694ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40c155cf5fd242ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7a2d70895448c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51187002bbcf448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...178 lines deleted...]
-          <x:t>1,435</x:t>
+          <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,415</x:t>
-[...188 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>2,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>