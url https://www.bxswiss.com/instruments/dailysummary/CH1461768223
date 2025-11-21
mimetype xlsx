--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d7973fa07544d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65f7c969c0d4c05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51187002bbcf448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1319fdb8aeb14ecc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7a2d70895448c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51187002bbcf448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2d26e7a59744bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1319fdb8aeb14ecc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>2,125</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>08.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>2,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,345</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,295</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,125</x:t>
-[...21 lines deleted...]
-          <x:t>2,245</x:t>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...6 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,845</x:t>
-[...252 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>