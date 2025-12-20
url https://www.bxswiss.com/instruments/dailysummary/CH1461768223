--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65f7c969c0d4c05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1a046acd354ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1319fdb8aeb14ecc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R700dd18a08284ef8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2d26e7a59744bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1319fdb8aeb14ecc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7b07f553fde49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R700dd18a08284ef8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461768223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>1,505</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>12.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,645</x:t>
-[...48 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...107 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>