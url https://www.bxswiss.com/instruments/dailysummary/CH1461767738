--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ac0405489d4735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3981a81e3d2b4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2f894d37ba848b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246fb8b408014cf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7888aea003094467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2f894d37ba848b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1f23fd186e45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246fb8b408014cf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...38 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...70 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...362 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...21 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>