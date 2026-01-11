--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3981a81e3d2b4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6430ad268a4540c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246fb8b408014cf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68872e0490c04074"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1f23fd186e45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246fb8b408014cf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3032446ce2e14140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68872e0490c04074" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>