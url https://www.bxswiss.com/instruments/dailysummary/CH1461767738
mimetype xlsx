--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6430ad268a4540c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R102ee06a44a04dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68872e0490c04074"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c49ebc06e9a4220"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3032446ce2e14140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68872e0490c04074" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f3ec60671f4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c49ebc06e9a4220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,096</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,080</x:t>
-[...43 lines deleted...]
-          <x:t>0,058</x:t>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,053</x:t>
-[...124 lines deleted...]
-          <x:t>0,076</x:t>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,052</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>