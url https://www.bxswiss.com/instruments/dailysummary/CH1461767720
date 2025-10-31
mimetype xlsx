--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2c74d8cb96c4f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc173f32a947b43f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7545c0ff2bee4d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf3c8f07813417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15a669d94b34d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7545c0ff2bee4d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928e664b2c2342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf3c8f07813417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...463 lines deleted...]
-          <x:t>1,395</x:t>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>