--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc173f32a947b43f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ce8b9dd69c4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf3c8f07813417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ef64bf93c6485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928e664b2c2342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf3c8f07813417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8769b870fa446ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ef64bf93c6485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,865</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...33 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>1,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>