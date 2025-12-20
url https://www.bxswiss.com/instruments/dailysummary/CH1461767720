--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79ce8b9dd69c4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74fb08556404c79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ef64bf93c6485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b05902197e34076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8769b870fa446ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ef64bf93c6485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e49eec5b5624698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b05902197e34076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...43 lines deleted...]
-          <x:t>0,815</x:t>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>