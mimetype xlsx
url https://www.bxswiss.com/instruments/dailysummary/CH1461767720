--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc74fb08556404c79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1682b1e663e4d9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b05902197e34076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7891aa198474e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e49eec5b5624698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b05902197e34076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f4cde00a5f41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7891aa198474e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...16 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,680</x:t>
-[...134 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>