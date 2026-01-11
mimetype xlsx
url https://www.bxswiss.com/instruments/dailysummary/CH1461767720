--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1682b1e663e4d9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff57cc7d9a44bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7891aa198474e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4878ed106b4d48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f4cde00a5f41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7891aa198474e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R403b4b4350f04517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4878ed106b4d48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>