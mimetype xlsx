--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ff57cc7d9a44bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5613cc5af9f424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f4878ed106b4d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3197c7870e9048ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R403b4b4350f04517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f4878ed106b4d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a47e8090e64c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3197c7870e9048ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,192</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,182</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,190</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,154</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,126</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>