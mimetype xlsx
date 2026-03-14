--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5613cc5af9f424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0067062d9cee454b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3197c7870e9048ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bc57cd5d404614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a47e8090e64c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3197c7870e9048ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ac72d33be749ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bc57cd5d404614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Arm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1461767720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,101</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,055</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>0,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,069</x:t>
-[...296 lines deleted...]
-          <x:t>0,136</x:t>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>