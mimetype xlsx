--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da365145eac4f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32130e308054447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6791c15c4f4f78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4424e759c4404417"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30682a421ae243fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6791c15c4f4f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc467ad0b3841a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4424e759c4404417" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf E.ON AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455143284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...16 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>0,375</x:t>
-        </x:is>
-[...386 lines deleted...]
-          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>