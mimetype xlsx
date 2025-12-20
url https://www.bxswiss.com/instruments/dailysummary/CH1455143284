--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32130e308054447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41887684b3db4581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4424e759c4404417"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4fef7641b8f442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc467ad0b3841a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4424e759c4404417" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5e0e0b49874d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4fef7641b8f442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf E.ON AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455143284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>