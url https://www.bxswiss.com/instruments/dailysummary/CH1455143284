--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41887684b3db4581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459170ae76b84834" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4fef7641b8f442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff7ac451353456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f5e0e0b49874d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4fef7641b8f442e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8970667802074534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff7ac451353456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf E.ON AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455143284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,165</x:t>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,195</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,185</x:t>
-[...38 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>0,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>