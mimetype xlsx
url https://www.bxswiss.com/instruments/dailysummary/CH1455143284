--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R459170ae76b84834" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f22d1d36f6e47da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ff7ac451353456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b899a05dbd64d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8970667802074534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ff7ac451353456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f10e6725224648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b899a05dbd64d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf E.ON AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455143284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,355</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,355</x:t>
-[...26 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...9 lines deleted...]
-          <x:t>0,450</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>