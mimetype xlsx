--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f22d1d36f6e47da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1dca40a6ae4053" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b899a05dbd64d22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ee7dcf185a4939"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f10e6725224648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b899a05dbd64d22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade87184327d4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ee7dcf185a4939" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrants auf E.ON AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455143284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,835</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,750</x:t>
-[...11 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...43 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,645</x:t>
-[...97 lines deleted...]
-          <x:t>0,855</x:t>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...11 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...21 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,955</x:t>
-[...21 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,110</x:t>
-[...6 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...63 lines deleted...]
-          <x:t>1,050</x:t>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>