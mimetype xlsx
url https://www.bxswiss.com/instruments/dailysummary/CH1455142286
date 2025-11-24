--- v0 (2025-10-12)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd811f3d95604c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e8a0f639a14e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3349390f515043c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16a24d8e2564961"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2db8f5e1d3414a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3349390f515043c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd6b2e850a94d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16a24d8e2564961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Barrick Mining Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>1,835</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,785</x:t>
-[...21 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>2,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,385</x:t>
-[...328 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>2,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>