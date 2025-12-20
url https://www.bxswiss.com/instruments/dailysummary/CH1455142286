--- v1 (2025-11-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e8a0f639a14e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035f200043d54b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16a24d8e2564961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdfe9138d21481a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebd6b2e850a94d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16a24d8e2564961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36997ad70204900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdfe9138d21481a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Barrick Mining Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>3,005</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,915</x:t>
-[...16 lines deleted...]
-          <x:t>2,825</x:t>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>2,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,615</x:t>
-[...4 lines deleted...]
-          <x:t>2,835</x:t>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>