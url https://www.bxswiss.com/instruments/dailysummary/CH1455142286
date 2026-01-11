--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035f200043d54b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1f6ff092234297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdfe9138d21481a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71492f73141b4e9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd36997ad70204900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdfe9138d21481a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re379dbeec1bf4ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71492f73141b4e9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Barrick Mining Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>3,720</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,700</x:t>
-[...227 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,075</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>