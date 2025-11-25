--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra632c017337b4728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ead30c228844a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7326e8e92be547be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b43fbeb7f64d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92fa40fc9e2440f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7326e8e92be547be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac051337ebf4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b43fbeb7f64d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>1,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,745</x:t>
-[...16 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
-[...21 lines deleted...]
-          <x:t>2,295</x:t>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,085</x:t>
-[...80 lines deleted...]
-          <x:t>1,775</x:t>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>