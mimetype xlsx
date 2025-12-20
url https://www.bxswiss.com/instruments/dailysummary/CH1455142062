--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ead30c228844a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9256a3da8ec24593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b43fbeb7f64d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90b3aa6cf2e4d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ac051337ebf4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b43fbeb7f64d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c18cdf13684fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90b3aa6cf2e4d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...274 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,095</x:t>
-[...220 lines deleted...]
-          <x:t>2,275</x:t>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>