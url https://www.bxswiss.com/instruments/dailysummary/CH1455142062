--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9256a3da8ec24593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865e402eda994222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90b3aa6cf2e4d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a2d054a40a4f0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c18cdf13684fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90b3aa6cf2e4d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ccfaaf4f134b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a2d054a40a4f0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>