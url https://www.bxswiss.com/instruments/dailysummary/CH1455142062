--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865e402eda994222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3096337b744e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a2d054a40a4f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2202de65b8324cb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0ccfaaf4f134b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a2d054a40a4f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbcf0628ac141ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2202de65b8324cb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>2,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...188 lines deleted...]
-          <x:t>2,755</x:t>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>3,005</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,895</x:t>
-[...85 lines deleted...]
-          <x:t>2,780</x:t>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>