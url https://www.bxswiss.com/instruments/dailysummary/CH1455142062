--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e3096337b744e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aeb3bf4c09434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2202de65b8324cb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a29a23bb8c84721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbcf0628ac141ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2202de65b8324cb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34995af9693347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a29a23bb8c84721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,210</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>