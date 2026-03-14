--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30aeb3bf4c09434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbf15a3b33a04a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a29a23bb8c84721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f8a8b6047f844b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34995af9693347a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a29a23bb8c84721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ac03fbd7e241f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f8a8b6047f844b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ArcelorMittal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455142062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,065</x:t>
-[...75 lines deleted...]
-          <x:t>4,665</x:t>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,620</x:t>
-[...350 lines deleted...]
-          <x:t>5,800</x:t>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>