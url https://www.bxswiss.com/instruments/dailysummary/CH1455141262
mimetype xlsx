--- v0 (2025-10-12)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c82e3e5d6ab4676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re669d21132634d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771084e7ac7947ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6c8df514944ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aaaccbf4fde4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771084e7ac7947ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54408eccf0f4466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6c8df514944ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Siemens AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...566 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>