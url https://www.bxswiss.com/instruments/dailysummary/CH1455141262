--- v1 (2025-11-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re669d21132634d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0968a67c548c4abd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc6c8df514944ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aaccf63a5e74622"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54408eccf0f4466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc6c8df514944ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600ea2227f094cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aaccf63a5e74622" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Siemens AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
-[...286 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>0,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>