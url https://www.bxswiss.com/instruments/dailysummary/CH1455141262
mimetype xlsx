--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0968a67c548c4abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7662ee68c39a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aaccf63a5e74622"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98802d0e42854f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600ea2227f094cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aaccf63a5e74622" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8d2f2c6be34145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98802d0e42854f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Siemens AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,990</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...16 lines deleted...]
-          <x:t>1,000</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,980</x:t>
-[...16 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...80 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,135</x:t>
-[...139 lines deleted...]
-          <x:t>1,130</x:t>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>