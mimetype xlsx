--- v3 (2026-01-11)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7662ee68c39a4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3ed948816b41f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98802d0e42854f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b385cebadd42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d8d2f2c6be34145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98802d0e42854f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71119c4417e3495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b385cebadd42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Siemens AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,985</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...328 lines deleted...]
-          <x:t>1,540</x:t>
+          <x:t>1,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>