--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3ed948816b41f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re186233a489246df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b385cebadd42e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc8a65120b3447c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71119c4417e3495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b385cebadd42e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fe104af17c4894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc8a65120b3447c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Siemens AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...21 lines deleted...]
-          <x:t>1,495</x:t>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,490</x:t>
-[...124 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,470</x:t>
-[...21 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,250</x:t>
-[...178 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,120</x:t>
-[...53 lines deleted...]
-          <x:t>1,350</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>