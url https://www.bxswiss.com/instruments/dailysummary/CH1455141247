--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e4a6bc4ec9f438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93072f2ff2514ab6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be359a5b4544196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892f2e4b5b894b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ba7c586ba77435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be359a5b4544196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1161c787f94625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892f2e4b5b894b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...16 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...549 lines deleted...]
-          <x:t>1,525</x:t>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>