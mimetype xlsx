--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93072f2ff2514ab6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03492596e3a4577" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892f2e4b5b894b5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810d86a85a3847fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b1161c787f94625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892f2e4b5b894b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f572e0896244c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810d86a85a3847fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>1,795</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>