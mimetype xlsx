--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03492596e3a4577" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2bdcd9a5b0345f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810d86a85a3847fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5da9e41920a432c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2f572e0896244c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810d86a85a3847fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7cab50608724944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5da9e41920a432c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>2,155</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,065</x:t>
-[...43 lines deleted...]
-          <x:t>2,165</x:t>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,165</x:t>
-[...97 lines deleted...]
-          <x:t>2,305</x:t>
+          <x:t>2,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,245</x:t>
-[...119 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,535</x:t>
-[...90 lines deleted...]
-          <x:t>2,320</x:t>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>