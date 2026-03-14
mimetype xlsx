--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2bdcd9a5b0345f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e9f748f79748c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5da9e41920a432c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615aa5ca5391439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7cab50608724944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5da9e41920a432c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb833a407bee94ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615aa5ca5391439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
-[...16 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,345</x:t>
-[...603 lines deleted...]
-          <x:t>2,530</x:t>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>