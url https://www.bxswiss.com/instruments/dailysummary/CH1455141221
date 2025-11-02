--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27058369bc8b46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cef517dfa2445ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e592672ddcf4873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e6129231a242b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0f0fcc3a0e04ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e592672ddcf4873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258dab6271ea4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e6129231a242b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,475</x:t>
-[...31 lines deleted...]
-          <x:t>6,155</x:t>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>6,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,315</x:t>
-[...205 lines deleted...]
-          <x:t>6,915</x:t>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,775</x:t>
-[...53 lines deleted...]
-          <x:t>6,865</x:t>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>6,425</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>