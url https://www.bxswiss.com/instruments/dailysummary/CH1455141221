--- v1 (2025-11-02)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cef517dfa2445ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca48fbca41d4dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e6129231a242b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770b1c778f0740bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258dab6271ea4679" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e6129231a242b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afdeeb7be394eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770b1c778f0740bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,105</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>7,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,905</x:t>
-[...26 lines deleted...]
-          <x:t>6,865</x:t>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>6,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>6,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...289 lines deleted...]
-          <x:t>8,725</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>