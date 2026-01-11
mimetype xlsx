--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca48fbca41d4dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fa1222dc414447" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770b1c778f0740bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6702a8e055374c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afdeeb7be394eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770b1c778f0740bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc5c20ccee1484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6702a8e055374c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>5,845</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>6,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>7,195</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>