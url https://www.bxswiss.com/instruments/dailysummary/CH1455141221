--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fa1222dc414447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94bd63dd3424a9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6702a8e055374c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd362a3734ed44db4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc5c20ccee1484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6702a8e055374c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0378acc58cbe4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd362a3734ed44db4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>