--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94bd63dd3424a9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6794d41b7904120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd362a3734ed44db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cad0c2e66d1404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0378acc58cbe4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd362a3734ed44db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98ee38d0e6f4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cad0c2e66d1404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,685</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,395</x:t>
-[...48 lines deleted...]
-          <x:t>7,395</x:t>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,095</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,345</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>7,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>