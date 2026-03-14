--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6794d41b7904120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f0122721764e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cad0c2e66d1404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re408c021f7c34717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98ee38d0e6f4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cad0c2e66d1404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4205de8381f549e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re408c021f7c34717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>6,875</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,825</x:t>
-[...286 lines deleted...]
-          <x:t>6,995</x:t>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>6,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,785</x:t>
-[...117 lines deleted...]
-          <x:t>5,895</x:t>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>