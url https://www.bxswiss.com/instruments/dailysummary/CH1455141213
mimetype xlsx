--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd2c953b082047f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d6cebbeed14238" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R695e7f634eba4fcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5edd80639f4836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d5df441e3354b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R695e7f634eba4fcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9d897ebd01425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5edd80639f4836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,915</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>18.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,235</x:t>
-[...188 lines deleted...]
-          <x:t>8,345</x:t>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>7,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>