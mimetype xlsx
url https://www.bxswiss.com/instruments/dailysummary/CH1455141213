--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d6cebbeed14238" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812df3c01d9b4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f5edd80639f4836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c626f389a44f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c9d897ebd01425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f5edd80639f4836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb896f2ba72924a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c626f389a44f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...320 lines deleted...]
-          <x:t>9,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,975</x:t>
-[...220 lines deleted...]
-          <x:t>8,105</x:t>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>