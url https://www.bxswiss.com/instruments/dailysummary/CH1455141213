--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R812df3c01d9b4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca329538f0bc424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c626f389a44f40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R721dec9e61974e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb896f2ba72924a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c626f389a44f40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f7e905a79b4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R721dec9e61974e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>9,285</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,245</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,545</x:t>
-[...16 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,835</x:t>
-[...31 lines deleted...]
-          <x:t>8,735</x:t>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>8,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>9,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>