--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca329538f0bc424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra903ea99f3dc4a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R721dec9e61974e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05494b0c2814218"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90f7e905a79b4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R721dec9e61974e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdda045a4100c403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05494b0c2814218" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,005</x:t>
-[...16 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,045</x:t>
+          <x:t>8,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,955</x:t>
-[...33 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,595</x:t>
-[...232 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,135</x:t>
-[...134 lines deleted...]
-          <x:t>9,795</x:t>
+          <x:t>8,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>8,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>