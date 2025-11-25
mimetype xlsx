--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9cd94efebd43c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9a6ddcb0954fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b458c98a09945df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c72a7405d4c77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e59ef6d25c3440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b458c98a09945df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fd59a678004fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c72a7405d4c77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,705</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>1,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,785</x:t>
-[...129 lines deleted...]
-          <x:t>2,095</x:t>
+          <x:t>2,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...107 lines deleted...]
-          <x:t>1,985</x:t>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>