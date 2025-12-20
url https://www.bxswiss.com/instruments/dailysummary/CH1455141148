--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9a6ddcb0954fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a8dcca32564d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c72a7405d4c77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26990cb9810a46bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81fd59a678004fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c72a7405d4c77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d96c28bdae148e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26990cb9810a46bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>2,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,485</x:t>
-[...26 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,525</x:t>
-[...87 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...360 lines deleted...]
-          <x:t>2,055</x:t>
+          <x:t>2,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>