--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a8dcca32564d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64bac62c97f45d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26990cb9810a46bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a99e2bce9f4d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d96c28bdae148e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26990cb9810a46bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea1e535766747cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a99e2bce9f4d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>2,065</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,025</x:t>
-[...11 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...129 lines deleted...]
-          <x:t>2,315</x:t>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,285</x:t>
-[...26 lines deleted...]
-          <x:t>2,255</x:t>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...285 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>2,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>