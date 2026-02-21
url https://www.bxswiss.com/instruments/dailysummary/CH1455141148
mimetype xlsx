--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd64bac62c97f45d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5805b8aa79454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02a99e2bce9f4d2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427d75d0a99b4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea1e535766747cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02a99e2bce9f4d2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92f2dd2363a4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427d75d0a99b4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>3,430</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>