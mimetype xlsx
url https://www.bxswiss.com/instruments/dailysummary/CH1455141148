--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea5805b8aa79454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebfefa2c83ed4d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427d75d0a99b4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc124a0d586a64f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92f2dd2363a4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427d75d0a99b4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7819f4e784e64d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc124a0d586a64f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ASML Holding NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1455141148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,880</x:t>
-[...16 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>4,035</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,980</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,245</x:t>
-[...414 lines deleted...]
-          <x:t>4,370</x:t>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>