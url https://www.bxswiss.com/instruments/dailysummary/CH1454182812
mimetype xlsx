--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd533ce44e3c3494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5e2c0c7fc54f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21a6923f0164f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a19067652024e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra924b74fbb124759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21a6923f0164f8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216a98de7b654df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a19067652024e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,375</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,325</x:t>
-[...16 lines deleted...]
-          <x:t>97,675</x:t>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,625</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>98,125</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,650</x:t>
-[...372 lines deleted...]
-          <x:t>99,175</x:t>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,025</x:t>
-[...107 lines deleted...]
-          <x:t>98,725</x:t>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>