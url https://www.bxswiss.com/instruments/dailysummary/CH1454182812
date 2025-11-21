--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a5e2c0c7fc54f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfdfe43a4b848a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a19067652024e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1294151d5007409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216a98de7b654df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a19067652024e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463fbffc6bd1492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1294151d5007409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,175</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,025</x:t>
-[...340 lines deleted...]
-          <x:t>96,875</x:t>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>96,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>96,775</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>