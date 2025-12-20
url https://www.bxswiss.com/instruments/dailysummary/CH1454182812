--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfdfe43a4b848a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31106d19cd945aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1294151d5007409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e71cb5c0c654635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R463fbffc6bd1492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1294151d5007409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba58d7210d748b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e71cb5c0c654635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>95,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,775</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>93,325</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,275</x:t>
-[...43 lines deleted...]
-          <x:t>92,375</x:t>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,575</x:t>
-[...53 lines deleted...]
-          <x:t>92,025</x:t>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>