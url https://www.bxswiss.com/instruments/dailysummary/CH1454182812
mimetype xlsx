--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31106d19cd945aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a8096faff04c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e71cb5c0c654635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460313888d2d4b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfba58d7210d748b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e71cb5c0c654635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9be986cc95946e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460313888d2d4b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>91,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,125</x:t>
-[...242 lines deleted...]
-          <x:t>87,975</x:t>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>89,175</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,525</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>90,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>