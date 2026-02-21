--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a8096faff04c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5949e70af38c4b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R460313888d2d4b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ffc6a84e774395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9be986cc95946e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R460313888d2d4b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6a1029a3104882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ffc6a84e774395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,525</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>