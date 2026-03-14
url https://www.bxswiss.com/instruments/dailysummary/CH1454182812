--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5949e70af38c4b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref61b709af0546f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ffc6a84e774395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1eda03adda346c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6a1029a3104882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ffc6a84e774395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc59f7461b50b419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1eda03adda346c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.42% p.a. JB Callable Multi Barrier Reverse Convertible (52.94%) auf Adobe Inc, Microsoft Corp, Oracle Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>