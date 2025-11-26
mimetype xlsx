--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5710938a1a0745cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10330deb5434101" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd62020f342840cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353450f3cce64fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888a0c3dcbd34efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd62020f342840cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf624d56a55624001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353450f3cce64fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,525</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>100,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>100,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,475</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>99,725</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,625</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,525</x:t>
-[...485 lines deleted...]
-          <x:t>99,675</x:t>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>