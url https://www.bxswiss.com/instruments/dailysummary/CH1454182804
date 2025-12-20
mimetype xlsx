--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10330deb5434101" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb33a668cef74b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R353450f3cce64fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57714d5d8c12451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf624d56a55624001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R353450f3cce64fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a12b631a2b24f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57714d5d8c12451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>100,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>07.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,875</x:t>
-[...53 lines deleted...]
-          <x:t>99,925</x:t>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,025</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>98,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>