--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb33a668cef74b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4cb7b86c0544eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57714d5d8c12451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab386d3bac7409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a12b631a2b24f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57714d5d8c12451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3089ced1958b4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab386d3bac7409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>99,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,225</x:t>
-[...11 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,425</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>99,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,425</x:t>
-[...274 lines deleted...]
-          <x:t>100,025</x:t>
+          <x:t>100,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>