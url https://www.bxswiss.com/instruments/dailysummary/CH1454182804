--- v3 (2026-01-11)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4cb7b86c0544eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b6deadf4db4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ab386d3bac7409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345a14effc944bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3089ced1958b4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ab386d3bac7409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32488191be84bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345a14effc944bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,525</x:t>
-[...21 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,175</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>98,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>100,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>