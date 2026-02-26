--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b6deadf4db4ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ac67e117794f2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R345a14effc944bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd770488595254f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re32488191be84bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R345a14effc944bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f89110a1594f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd770488595254f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,425</x:t>
-[...4 lines deleted...]
-          <x:t>99,975</x:t>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,175</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,025</x:t>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,975</x:t>
-[...259 lines deleted...]
-          <x:t>99,075</x:t>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,375</x:t>
-[...11 lines deleted...]
-          <x:t>98,225</x:t>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>