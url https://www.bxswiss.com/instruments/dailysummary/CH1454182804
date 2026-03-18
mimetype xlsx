--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ac67e117794f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfda384de7dfd488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd770488595254f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785b3081fb2b402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f89110a1594f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd770488595254f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2f4b2d7d864f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785b3081fb2b402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.80% p.a. JB Callable Multi Barrier Reverse Convertible (50%) auf Advanced Micro Devices Inc, Microsoft Corp, NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1454182804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>99,625</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,925</x:t>
-[...16 lines deleted...]
-          <x:t>99,075</x:t>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,375</x:t>
-[...11 lines deleted...]
-          <x:t>98,225</x:t>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,725</x:t>
-[...382 lines deleted...]
-          <x:t>98,825</x:t>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>