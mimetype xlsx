--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c5a61ee7004eab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra904df9b442f4ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e4187b15f7b4224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c3f17241e24025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fc51bf20c24e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e4187b15f7b4224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb59c5775804790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c3f17241e24025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,020</x:t>
-[...441 lines deleted...]
-          <x:t>100,080</x:t>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>