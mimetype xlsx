--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra904df9b442f4ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e79fa38b9cb4e5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c3f17241e24025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d35b4553774690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb59c5775804790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c3f17241e24025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb668bca5ddb4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d35b4553774690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,120</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>