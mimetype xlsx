--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e79fa38b9cb4e5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09d27ea98f24a60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1d35b4553774690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R994505afae274414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb668bca5ddb4030" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1d35b4553774690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9906d8f6f484e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R994505afae274414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Robinhood Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>92,500</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>92,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>