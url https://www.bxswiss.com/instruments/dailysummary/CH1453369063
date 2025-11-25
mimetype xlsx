--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b92b149dd64290" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0905dd659a47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb93f2446e7e46ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12749bba90e943f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc75b7e9676b451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb93f2446e7e46ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962531430c16421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12749bba90e943f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>100,000</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>100,675</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,635</x:t>
-[...161 lines deleted...]
-          <x:t>99,080</x:t>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>