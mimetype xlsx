--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0905dd659a47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeff1c704fc740d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12749bba90e943f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R899828610f9a4c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962531430c16421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12749bba90e943f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de354ea6e7c41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R899828610f9a4c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>97,730</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,450</x:t>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>98,090</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,040</x:t>
-[...404 lines deleted...]
-          <x:t>97,380</x:t>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>