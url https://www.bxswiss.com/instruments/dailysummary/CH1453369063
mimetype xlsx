--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeff1c704fc740d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc106ed68c9fd427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R899828610f9a4c74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a383e55c6f14954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de354ea6e7c41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R899828610f9a4c74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5aa3d4164cd4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a383e55c6f14954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>98,320</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,220</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>97,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>