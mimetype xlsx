--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc106ed68c9fd427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490221db69fe4fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a383e55c6f14954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e6ca98698342a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5aa3d4164cd4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a383e55c6f14954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e349399d364637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e6ca98698342a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>98,400</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>100,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>