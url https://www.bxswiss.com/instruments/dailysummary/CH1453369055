--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e24e4a2086f4d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9db9074ed04126" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38877f54a1eb4d78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2880cad062144303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8843fec2afd4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38877f54a1eb4d78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2ba5c386644caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2880cad062144303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>98,150</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,740</x:t>
-[...26 lines deleted...]
-          <x:t>97,910</x:t>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>