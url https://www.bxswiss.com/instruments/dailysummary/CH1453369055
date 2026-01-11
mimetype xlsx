--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c9db9074ed04126" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6902a0ee6394e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2880cad062144303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c90b3af8cb647bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2ba5c386644caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2880cad062144303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841b3175c1534a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c90b3af8cb647bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>96,530</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,010</x:t>
-[...183 lines deleted...]
-          <x:t>96,530</x:t>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>08.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,190</x:t>
-[...252 lines deleted...]
-          <x:t>96,380</x:t>
+          <x:t>99,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>