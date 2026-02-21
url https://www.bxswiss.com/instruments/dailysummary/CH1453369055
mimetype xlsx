--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6902a0ee6394e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1d99f268924472" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c90b3af8cb647bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9557d9037b9447a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841b3175c1534a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c90b3af8cb647bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1940978a464f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9557d9037b9447a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453369055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,290</x:t>
-[...414 lines deleted...]
-          <x:t>99,160</x:t>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>