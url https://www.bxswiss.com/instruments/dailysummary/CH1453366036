--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bcbe1a751e45d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8e6e8fca084823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c14a71bc2b419f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb7bc78af404d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c41b23973b4bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c14a71bc2b419f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96a03a2a1a54a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb7bc78af404d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>100,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,240</x:t>
-[...296 lines deleted...]
-          <x:t>100,330</x:t>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>