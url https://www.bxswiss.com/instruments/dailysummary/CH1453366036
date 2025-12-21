--- v1 (2025-10-30)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb8e6e8fca084823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd04222813884a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb7bc78af404d37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d62a8df495403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96a03a2a1a54a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb7bc78af404d37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaee5ea645274f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d62a8df495403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,250</x:t>
-[...43 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,480</x:t>
-[...102 lines deleted...]
-          <x:t>97,330</x:t>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>28.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>97,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>