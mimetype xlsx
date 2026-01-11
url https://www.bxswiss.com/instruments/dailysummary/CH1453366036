--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd04222813884a88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eb20171f43466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d62a8df495403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e092a9569b041f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaee5ea645274f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d62a8df495403c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6494ded312444c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e092a9569b041f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...340 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>97,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>