--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12eb20171f43466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92b5b1c5c524ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e092a9569b041f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8efd05f97c42ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6494ded312444c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e092a9569b041f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6984721bdf4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8efd05f97c42ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>98,070</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,470</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>98,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,550</x:t>
-[...220 lines deleted...]
-          <x:t>99,910</x:t>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>