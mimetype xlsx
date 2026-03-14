--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re92b5b1c5c524ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2965ddfd623b4875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c8efd05f97c42ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b62e46d1f5435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e6984721bdf4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c8efd05f97c42ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd097cba97ff04244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b62e46d1f5435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.40% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>98,120</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>