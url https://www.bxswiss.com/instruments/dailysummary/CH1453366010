--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b1dd69b76b4d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aea96f311414e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb634ce090d87475f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb03df6734e4592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e8edcef38844c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb634ce090d87475f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2679e611c2ec40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb03df6734e4592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,520</x:t>
-[...205 lines deleted...]
-          <x:t>101,205</x:t>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,600</x:t>
-[...33 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,785</x:t>
-[...156 lines deleted...]
-          <x:t>99,360</x:t>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,140</x:t>
-[...112 lines deleted...]
-          <x:t>101,185</x:t>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>