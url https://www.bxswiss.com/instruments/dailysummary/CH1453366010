--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aea96f311414e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcdded5d8c04d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fb03df6734e4592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489dcbb69f774a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2679e611c2ec40ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fb03df6734e4592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1065659028a4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489dcbb69f774a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>98,390</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,390</x:t>
-[...33 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,770</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>96,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,690</x:t>
-[...80 lines deleted...]
-          <x:t>96,300</x:t>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>