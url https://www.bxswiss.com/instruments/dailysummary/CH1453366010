--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdcdded5d8c04d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84e62e38d0b46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489dcbb69f774a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c9e4cb83294269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1065659028a4a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489dcbb69f774a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95673706df5e4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c9e4cb83294269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>96,220</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,690</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>94,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,810</x:t>
-[...286 lines deleted...]
-          <x:t>95,470</x:t>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,320</x:t>
-[...26 lines deleted...]
-          <x:t>92,810</x:t>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>