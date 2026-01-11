--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc84e62e38d0b46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9191f1a20bde401b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5c9e4cb83294269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1773bed9054ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95673706df5e4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5c9e4cb83294269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b996cc5b4f4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1773bed9054ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>92,070</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,150</x:t>
-[...26 lines deleted...]
-          <x:t>87,215</x:t>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>88,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>