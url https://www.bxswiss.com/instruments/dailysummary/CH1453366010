--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9191f1a20bde401b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f9fb5610ba4533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1773bed9054ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471a9c0cb907467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b996cc5b4f4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1773bed9054ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ed691fdeca40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471a9c0cb907467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,370</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>