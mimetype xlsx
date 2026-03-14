--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f9fb5610ba4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778231b6d1b64469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471a9c0cb907467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a2ad24289c4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ed691fdeca40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471a9c0cb907467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6608669f81a8492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a2ad24289c4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.40% p.a. Barrier Reverse Convertible on Netflix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>