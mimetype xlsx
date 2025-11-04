--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01dd23bfeae4909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee8ac94b12c4bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R428809bb0eae44f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2429444005b24e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c41d14985bd4900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R428809bb0eae44f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d36e47066e94e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2429444005b24e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>101,980</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,805</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,930</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>101,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>