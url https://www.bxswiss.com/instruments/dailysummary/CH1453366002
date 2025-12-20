--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee8ac94b12c4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096a3a979f8a4abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2429444005b24e28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re772154e99224511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d36e47066e94e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2429444005b24e28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re028654050fb4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re772154e99224511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>96,630</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,220</x:t>
-[...87 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,770</x:t>
-[...63 lines deleted...]
-          <x:t>96,510</x:t>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>