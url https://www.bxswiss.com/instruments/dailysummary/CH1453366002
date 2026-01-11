--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R096a3a979f8a4abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bceb802b5d4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re772154e99224511"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8ac40ee2734d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re028654050fb4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re772154e99224511" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ef196596a04a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8ac40ee2734d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>93,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>