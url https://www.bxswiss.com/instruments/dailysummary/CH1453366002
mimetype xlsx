--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3bceb802b5d4a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdbac2f03cb486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8ac40ee2734d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R749cba8a3970407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ef196596a04a10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8ac40ee2734d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5f8add72064e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R749cba8a3970407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>95,450</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,440</x:t>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>100,795</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>