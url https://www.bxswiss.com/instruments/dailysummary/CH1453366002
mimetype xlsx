--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdbac2f03cb486c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra433ee61c87644ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R749cba8a3970407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c72800f67034de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5f8add72064e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R749cba8a3970407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5c76753d2ea4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c72800f67034de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Rheinmetall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453366002</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>95,680</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>95,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>96,370</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,770</x:t>
-[...38 lines deleted...]
-          <x:t>92,190</x:t>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,870</x:t>
-[...107 lines deleted...]
-          <x:t>92,440</x:t>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>96,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>