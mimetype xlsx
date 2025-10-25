--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4138b8dedae4d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4a101d37f54fff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e882ca7c714367"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6c0e431a9e431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fc05cc930154ee5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e882ca7c714367" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2794131c29444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6c0e431a9e431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
+          <x:t>101,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>101,645</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,255</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>