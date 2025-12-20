--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a4a101d37f54fff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ba333b4d7a452b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa6c0e431a9e431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2bc733994dc4cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a2794131c29444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa6c0e431a9e431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fc76baa243466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2bc733994dc4cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>97,280</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,040</x:t>
-[...21 lines deleted...]
-          <x:t>97,830</x:t>
+          <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,690</x:t>
-[...188 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>