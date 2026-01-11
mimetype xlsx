--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ba333b4d7a452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fad34a56a9d42ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2bc733994dc4cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f82f3c6f9d4700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fc76baa243466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2bc733994dc4cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56961769eb4548d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f82f3c6f9d4700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>95,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>97,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,170</x:t>
-[...205 lines deleted...]
-          <x:t>97,310</x:t>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,220</x:t>
-[...31 lines deleted...]
-          <x:t>98,140</x:t>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>