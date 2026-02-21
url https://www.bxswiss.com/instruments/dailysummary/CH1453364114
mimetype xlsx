--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fad34a56a9d42ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090212539e4947fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f82f3c6f9d4700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308725b687994cb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56961769eb4548d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f82f3c6f9d4700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf93b5b6b6a246c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308725b687994cb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,120</x:t>
-[...4 lines deleted...]
-          <x:t>96,250</x:t>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,300</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>98,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>