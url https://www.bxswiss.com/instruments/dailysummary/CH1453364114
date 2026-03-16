--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090212539e4947fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76767f96be164ae5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308725b687994cb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c49ca80a204abe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf93b5b6b6a246c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308725b687994cb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe308bede1964c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c49ca80a204abe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on Meta Platforms</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>95,510</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>96,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>