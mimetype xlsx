--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07acce192d94975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6374003fbe4573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7e442ab1f424676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1caf5e9d31df4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R293a0ef6202b4e32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7e442ab1f424676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d4af391cad4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1caf5e9d31df4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,050</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>