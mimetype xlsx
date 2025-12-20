--- v1 (2025-12-20)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6374003fbe4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52c351c5d004f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1caf5e9d31df4f5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0a0128c1c74d4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89d4af391cad4554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1caf5e9d31df4f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9575c81d993494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0a0128c1c74d4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>