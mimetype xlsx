--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc52c351c5d004f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495f4532eb704e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b0a0128c1c74d4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6da3d7be31d4bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9575c81d993494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b0a0128c1c74d4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33716a3b675348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6da3d7be31d4bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>91,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...516 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,480</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>