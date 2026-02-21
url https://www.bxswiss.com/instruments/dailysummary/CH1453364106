--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R495f4532eb704e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc77100d0ae04c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6da3d7be31d4bdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bc5a901fec402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33716a3b675348bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6da3d7be31d4bdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ed6155cb884f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bc5a901fec402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>90,600</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,570</x:t>
-[...215 lines deleted...]
-          <x:t>100,470</x:t>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>