--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc77100d0ae04c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f83f899fa34f4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9bc5a901fec402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d81477c60ae483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ed6155cb884f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9bc5a901fec402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f636f9f2e747b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d81477c60ae483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.80% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,310</x:t>
-[...21 lines deleted...]
-          <x:t>92,730</x:t>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,490</x:t>
-[...75 lines deleted...]
-          <x:t>93,570</x:t>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>95,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>