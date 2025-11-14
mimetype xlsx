--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra416fec701874028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc460cb22af24567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbac9b6637b224048"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05cf393b56e424a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151f20e9c28541a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbac9b6637b224048" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995f84021ed04cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05cf393b56e424a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>86,450</x:t>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,010</x:t>
-[...409 lines deleted...]
-          <x:t>91,120</x:t>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>