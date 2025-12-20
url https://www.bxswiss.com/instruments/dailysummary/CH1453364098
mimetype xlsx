--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc460cb22af24567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3183cd196f94735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05cf393b56e424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa39fbb6fb34bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995f84021ed04cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05cf393b56e424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193ce9b2ff014d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa39fbb6fb34bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,635</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>