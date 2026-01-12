--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3183cd196f94735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9a44aab85043dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa39fbb6fb34bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3241d14f2e6409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193ce9b2ff014d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa39fbb6fb34bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03878cd347fa4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3241d14f2e6409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>57,235</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,605</x:t>
-[...301 lines deleted...]
-          <x:t>55,175</x:t>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>