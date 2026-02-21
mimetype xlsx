--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f9a44aab85043dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a567bf55ece4357" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3241d14f2e6409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8df31f03364f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03878cd347fa4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3241d14f2e6409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9118f7f776e49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8df31f03364f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>53,830</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>