--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a567bf55ece4357" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39fc724502d04292" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8df31f03364f78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb2bcbdab5044ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9118f7f776e49db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8df31f03364f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfebc7f159f2c41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb2bcbdab5044ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Circle Internet Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453364098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>46,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>