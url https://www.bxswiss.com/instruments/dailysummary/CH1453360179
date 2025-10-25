--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94401f3b84214514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111b938dc6024ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc552a72aea64cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01bed97bfc0b4f64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da76de2f7bf4e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc552a72aea64cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a50ad55b2b4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01bed97bfc0b4f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.36% p.a. Multi Barrier Reverse Convertible on Lonza, Sandoz, Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453360179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>100,030</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,150</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>