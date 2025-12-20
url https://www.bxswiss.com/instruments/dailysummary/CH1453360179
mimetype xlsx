--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111b938dc6024ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45faae87ac04636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01bed97bfc0b4f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4bfa19a81c64dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a50ad55b2b4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01bed97bfc0b4f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34bf6ca70d64ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4bfa19a81c64dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.36% p.a. Multi Barrier Reverse Convertible on Lonza, Sandoz, Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453360179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,180</x:t>
-[...593 lines deleted...]
-          <x:t>99,900</x:t>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>