--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf45faae87ac04636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e9d208c8b64476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4bfa19a81c64dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6863e630f492495b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34bf6ca70d64ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4bfa19a81c64dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309ebb9b7d974d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6863e630f492495b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.36% p.a. Multi Barrier Reverse Convertible on Lonza, Sandoz, Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453360179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>