--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc20973f750854aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55607e06b9a452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46817ec05c894b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01758ffc4ea84059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1894cc855b134bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46817ec05c894b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d3504e17734986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01758ffc4ea84059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.80% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453359395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>107,050</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,980</x:t>
-[...119 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,510</x:t>
-[...16 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>108,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,070</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>107,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,370</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>107,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>