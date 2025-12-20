--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55607e06b9a452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R490d965bdc9e4aee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01758ffc4ea84059"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R083f8a11a8794d64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d3504e17734986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01758ffc4ea84059" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ab920996a84901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R083f8a11a8794d64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.80% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453359395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>102,310</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,515</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>102,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>