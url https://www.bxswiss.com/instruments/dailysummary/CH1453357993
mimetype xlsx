--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84f25dfc88c24e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc43b14dbbf466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9571c7385c074bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1de43f24142403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74daeca378c64be4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9571c7385c074bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R679ef5a7cf6b473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1de43f24142403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Gold, Palladium, Platinum, Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>