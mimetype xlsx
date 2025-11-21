--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cc43b14dbbf466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb249f569375a496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1de43f24142403e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753242c5225d4c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R679ef5a7cf6b473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1de43f24142403e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5769224004467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753242c5225d4c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Gold, Palladium, Platinum, Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,655</x:t>
-[...475 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,705</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>106,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>