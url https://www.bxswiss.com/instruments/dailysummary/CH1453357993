--- v2 (2025-11-21)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb249f569375a496d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce3c9fea01a485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753242c5225d4c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d18bf605e54b56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree5769224004467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753242c5225d4c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3facc96cf8d64e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d18bf605e54b56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Gold, Palladium, Platinum, Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,705</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>