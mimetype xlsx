--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce3c9fea01a485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521793cf81eb4f83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62d18bf605e54b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24eb5223f9040a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3facc96cf8d64e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62d18bf605e54b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re887b28def8446ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24eb5223f9040a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Gold, Palladium, Platinum, Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>113,080</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,080</x:t>
-[...26 lines deleted...]
-          <x:t>113,535</x:t>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,540</x:t>
-[...333 lines deleted...]
-          <x:t>113,605</x:t>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>