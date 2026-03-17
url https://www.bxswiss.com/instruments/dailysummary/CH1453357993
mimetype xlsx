--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521793cf81eb4f83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762ac939fddc4217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc24eb5223f9040a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3bfb538717840a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re887b28def8446ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc24eb5223f9040a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25822ce298e456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3bfb538717840a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Gold, Palladium, Platinum, Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>116,845</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,335</x:t>
-[...146 lines deleted...]
-          <x:t>114,720</x:t>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,415</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>114,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>115,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,220</x:t>
-[...26 lines deleted...]
-          <x:t>114,185</x:t>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>