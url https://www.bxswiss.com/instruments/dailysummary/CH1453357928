--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra445f6671eb84bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab3a91cc0334889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1ef60ab0ac04edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e86cf752c1d441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7d01029ee749f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1ef60ab0ac04edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb96c49cc2241e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e86cf752c1d441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>