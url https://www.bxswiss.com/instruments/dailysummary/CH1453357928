--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab3a91cc0334889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56d9189f3e647e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e86cf752c1d441e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf533c8866741eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb96c49cc2241e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e86cf752c1d441e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2a87bd946f49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf533c8866741eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>104,650</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>104,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,850</x:t>
-[...16 lines deleted...]
-          <x:t>104,800</x:t>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,900</x:t>
-[...333 lines deleted...]
-          <x:t>105,040</x:t>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>