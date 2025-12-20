--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56d9189f3e647e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bbf3031962649cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bf533c8866741eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f4422e84e848b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2a87bd946f49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bf533c8866741eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1230a093f88c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f4422e84e848b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,440</x:t>
-[...161 lines deleted...]
-          <x:t>105,250</x:t>
+          <x:t>104,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>105,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,290</x:t>
-[...16 lines deleted...]
-          <x:t>105,380</x:t>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>104,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>