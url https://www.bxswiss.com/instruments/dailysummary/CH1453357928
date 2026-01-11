--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bbf3031962649cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a989466479a4499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f4422e84e848b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3dee432da742b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1230a093f88c4ea4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f4422e84e848b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree50c048ce3b4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3dee432da742b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>106,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,415</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>106,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>