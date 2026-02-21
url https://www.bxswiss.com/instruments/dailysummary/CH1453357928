--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a989466479a4499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aecabbc5299408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b3dee432da742b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8829525be59d454d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree50c048ce3b4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b3dee432da742b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616ed1e1d2fe49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8829525be59d454d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,795</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>