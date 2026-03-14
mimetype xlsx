--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aecabbc5299408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf966344defa4898" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8829525be59d454d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80423590f6c24fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616ed1e1d2fe49fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8829525be59d454d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16369e9149d942bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80423590f6c24fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.60% p.a. Barrier Reverse Convertible on Galaxy Digital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>