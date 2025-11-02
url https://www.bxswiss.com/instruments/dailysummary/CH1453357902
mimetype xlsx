--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b2298f42d425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11c4c8728f94b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bb93a7a6ed4d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8fa5b614b94bf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c87324f9fc549e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bb93a7a6ed4d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ba087c63184a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8fa5b614b94bf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>100,340</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,130</x:t>
-[...247 lines deleted...]
-          <x:t>99,830</x:t>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>