--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra11c4c8728f94b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361aad731fbc44cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba8fa5b614b94bf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5d959b27574429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1ba087c63184a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba8fa5b614b94bf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fdce27f2474748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5d959b27574429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>