--- v2 (2025-11-24)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361aad731fbc44cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022d965932ce4243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5d959b27574429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9bc65f25a341e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fdce27f2474748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5d959b27574429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd77504ece5a41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9bc65f25a341e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...323 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,945</x:t>
-[...75 lines deleted...]
-          <x:t>101,155</x:t>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,135</x:t>
-[...166 lines deleted...]
-          <x:t>100,965</x:t>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>