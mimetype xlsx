--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022d965932ce4243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79cffc204c243e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9bc65f25a341e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e86a8a8746b4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd77504ece5a41d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9bc65f25a341e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274dfb8ada944502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e86a8a8746b4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,085</x:t>
-[...26 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>102,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>