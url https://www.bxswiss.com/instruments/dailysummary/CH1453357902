--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79cffc204c243e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ea7f6daf9a49c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e86a8a8746b4ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0acada6f837b4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R274dfb8ada944502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e86a8a8746b4ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd08b57561a4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0acada6f837b4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,920</x:t>
-[...75 lines deleted...]
-          <x:t>101,890</x:t>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,880</x:t>
-[...11 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,970</x:t>
-[...38 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,250</x:t>
-[...225 lines deleted...]
-          <x:t>100,925</x:t>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>