--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ea7f6daf9a49c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R435c1e15ca5b45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0acada6f837b4c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b963e3047124605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd08b57561a4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0acada6f837b4c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R363b694076304352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b963e3047124605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Exxon Mobil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>