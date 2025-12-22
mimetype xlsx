--- v0 (2025-10-12)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb64cf7953d374ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d6c93487914052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f905551d4ae4924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a7048dbbd84431"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a5c52d5147848c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f905551d4ae4924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abab7df71e14b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a7048dbbd84431" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,160</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,020</x:t>
-[...119 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,390</x:t>
-[...468 lines deleted...]
-          <x:t>100,955</x:t>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>