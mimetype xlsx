--- v1 (2025-12-22)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27d6c93487914052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060b61e3198d4b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a7048dbbd84431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9575b088b37c4ab1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abab7df71e14b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a7048dbbd84431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee9a6aaa3b54f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9575b088b37c4ab1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,865</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,090</x:t>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>