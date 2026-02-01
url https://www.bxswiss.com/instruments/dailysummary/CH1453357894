--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060b61e3198d4b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c2291ef4784e46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9575b088b37c4ab1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4b9521301ef4b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee9a6aaa3b54f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9575b088b37c4ab1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb080536209074da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4b9521301ef4b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>102,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>