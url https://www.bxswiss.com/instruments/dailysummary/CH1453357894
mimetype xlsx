--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c2291ef4784e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32502bc96cd54cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4b9521301ef4b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6c6eb9034a4bf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb080536209074da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4b9521301ef4b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4775f6cef8ae4ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6c6eb9034a4bf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,165 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...82 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>