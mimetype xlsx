--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32502bc96cd54cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6d84ebc5a6488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6c6eb9034a4bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1484c192aa94920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4775f6cef8ae4ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6c6eb9034a4bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f10cad7a8f54aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1484c192aa94920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Airbus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357894</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>