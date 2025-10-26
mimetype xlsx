--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e7dd1117c64526" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a13e547b6eb45e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469c4b3e080e4211"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da796cf61fd482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb28e25cfcd1b4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469c4b3e080e4211" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2114dea2ef8648ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da796cf61fd482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,250</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,250</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,340</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>