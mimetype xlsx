--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a13e547b6eb45e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50aed513f9094909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da796cf61fd482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R505b7c9394024d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2114dea2ef8648ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da796cf61fd482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e80b1728d74e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R505b7c9394024d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>20.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,830</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>92,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>