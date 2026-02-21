--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50aed513f9094909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2d4eafd5834c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R505b7c9394024d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac651444463b495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e80b1728d74e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R505b7c9394024d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9552db71d364f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac651444463b495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>93,080</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>91,940</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>