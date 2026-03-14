--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2d4eafd5834c03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c1176ea0b3410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac651444463b495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R456a2d004f7e4566"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9552db71d364f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac651444463b495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ddfc0fa67434637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R456a2d004f7e4566" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453357043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>92,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>