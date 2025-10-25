--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece1458910c64264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed33591cd6a4623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0be47af116243a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad195c422dc446ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a464248bb64cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0be47af116243a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883b886ef23b4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad195c422dc446ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>98,620</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,750</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>