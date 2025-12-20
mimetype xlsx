--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed33591cd6a4623" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161b647c667d4c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad195c422dc446ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1fc4201b0242b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R883b886ef23b4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad195c422dc446ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51b0e1f98c14894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1fc4201b0242b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,300</x:t>
-[...53 lines deleted...]
-          <x:t>94,640</x:t>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,070</x:t>
-[...75 lines deleted...]
-          <x:t>90,150</x:t>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,740</x:t>
-[...139 lines deleted...]
-          <x:t>93,750</x:t>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>