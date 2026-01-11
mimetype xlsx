--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R161b647c667d4c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865b9097557a4489" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1fc4201b0242b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec7cadeb3cf419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re51b0e1f98c14894" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1fc4201b0242b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33079932baf240d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec7cadeb3cf419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>94,750</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>92,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>91,910</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>93,480</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>93,520</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>91,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>