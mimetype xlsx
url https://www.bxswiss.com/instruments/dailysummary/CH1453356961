--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865b9097557a4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2a1bf404cd445c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reec7cadeb3cf419c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3ed62fce164333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33079932baf240d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reec7cadeb3cf419c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4f35f8a74784c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3ed62fce164333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>93,235</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>93,940</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>93,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>