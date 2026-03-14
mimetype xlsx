--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2a1bf404cd445c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4ef8e62caf437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e3ed62fce164333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc092561e11c4a90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4f35f8a74784c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e3ed62fce164333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R190bca2baad1467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc092561e11c4a90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>94,530</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>