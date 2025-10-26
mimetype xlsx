--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93915ea01efa4d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9169716a5a64f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R207c19ad2f714e97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949c5ebf1fc1452a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e046c4028734e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R207c19ad2f714e97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce3b1f758d84731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949c5ebf1fc1452a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>96,710</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,710</x:t>
-[...65 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,260</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>