--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9169716a5a64f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8732caa0bae24221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949c5ebf1fc1452a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b971918a73d4302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce3b1f758d84731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949c5ebf1fc1452a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R837b5095021e45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b971918a73d4302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>93,310</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,610</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>93,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>93,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,360</x:t>
-[...11 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>94,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,940</x:t>
-[...85 lines deleted...]
-          <x:t>89,800</x:t>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,950</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>92,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>