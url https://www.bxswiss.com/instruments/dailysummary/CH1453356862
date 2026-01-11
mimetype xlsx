--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8732caa0bae24221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re151aea2ab804c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b971918a73d4302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce6d92bceda4ed5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R837b5095021e45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b971918a73d4302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a1e78593d549e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce6d92bceda4ed5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>92,910</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,860</x:t>
-[...566 lines deleted...]
-          <x:t>89,950</x:t>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>