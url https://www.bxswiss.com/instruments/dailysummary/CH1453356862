--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re151aea2ab804c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860e20330d214846" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ce6d92bceda4ed5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a2b245d1cd4145"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a1e78593d549e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ce6d92bceda4ed5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cff8a896254022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a2b245d1cd4145" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>90,970</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>91,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>