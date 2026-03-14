--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860e20330d214846" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322e04cef4214edc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a2b245d1cd4145"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R717ca2df9be44ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cff8a896254022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a2b245d1cd4145" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe760d0f27b34454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R717ca2df9be44ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>92,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>