--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf318bb456a794076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505b220922b84e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1150499fa13a4976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bb2ec76f114f32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9479276064f9421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1150499fa13a4976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4598c7ca205049b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bb2ec76f114f32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,370</x:t>
-[...323 lines deleted...]
-          <x:t>96,450</x:t>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,010</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>95,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,950</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>94,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,780</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>