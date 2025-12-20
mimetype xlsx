--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505b220922b84e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddddeafeb3f5490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bb2ec76f114f32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83de1921daf04d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4598c7ca205049b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bb2ec76f114f32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf67d28a80f24fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83de1921daf04d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,780</x:t>
-[...26 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,700</x:t>
-[...200 lines deleted...]
-          <x:t>92,140</x:t>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,420</x:t>
-[...26 lines deleted...]
-          <x:t>89,980</x:t>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>92,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>