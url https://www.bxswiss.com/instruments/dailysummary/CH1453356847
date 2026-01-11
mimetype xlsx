--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddddeafeb3f5490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dc6592c7864edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83de1921daf04d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2edd3b67504af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf67d28a80f24fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83de1921daf04d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1282cb17223a4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2edd3b67504af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>93,700</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,730</x:t>
-[...6 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>92,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>90,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>02.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,510</x:t>
-[...360 lines deleted...]
-          <x:t>90,430</x:t>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>