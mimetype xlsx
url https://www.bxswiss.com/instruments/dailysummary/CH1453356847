--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2dc6592c7864edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7f9ef0eb7d4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a2edd3b67504af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e2bf2303654a60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1282cb17223a4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a2edd3b67504af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc842e8f9b1994194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e2bf2303654a60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>93,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>93,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>