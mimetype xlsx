--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7f9ef0eb7d4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa18a7e3e6034b73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20e2bf2303654a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac055561005b43be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc842e8f9b1994194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20e2bf2303654a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dcc4df5479742f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac055561005b43be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356847</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>93,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>