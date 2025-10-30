--- v0 (2025-10-07)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R160aa6cfb3e14a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585ee124256f4da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a471b4f0d04b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a4a223598c4c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607184e6c0e1408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a471b4f0d04b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00a7df2a4444a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a4a223598c4c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>