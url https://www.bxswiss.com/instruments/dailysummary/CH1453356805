--- v1 (2025-10-30)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R585ee124256f4da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775cef9a3e534a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01a4a223598c4c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551f443a957d4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00a7df2a4444a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01a4a223598c4c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dafa8dab8c44f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551f443a957d4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>93,490</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,840</x:t>
-[...33 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,230</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,070</x:t>
-[...129 lines deleted...]
-          <x:t>90,470</x:t>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>88,660</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>92,090</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>