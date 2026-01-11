--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775cef9a3e534a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14fb616dfa443ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551f443a957d4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581fcd3220d74022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dafa8dab8c44f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551f443a957d4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb297e796879c40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581fcd3220d74022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>90,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,900</x:t>
-[...65 lines deleted...]
-          <x:t>90,190</x:t>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,680</x:t>
-[...26 lines deleted...]
-          <x:t>90,750</x:t>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,290</x:t>
-[...144 lines deleted...]
-          <x:t>89,290</x:t>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>