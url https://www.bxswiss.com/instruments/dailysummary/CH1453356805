--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf14fb616dfa443ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f33335837174e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581fcd3220d74022"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8180423ce4346e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb297e796879c40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581fcd3220d74022" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad712490e80e490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8180423ce4346e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>90,520</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,320</x:t>
-[...355 lines deleted...]
-          <x:t>91,550</x:t>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>