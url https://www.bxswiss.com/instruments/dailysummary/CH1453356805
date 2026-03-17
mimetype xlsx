--- v4 (2026-02-21)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f33335837174e04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ee20937ada4ed5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8180423ce4346e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330dba1b23e84af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad712490e80e490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8180423ce4346e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87664784bee48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330dba1b23e84af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453356805</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>92,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>