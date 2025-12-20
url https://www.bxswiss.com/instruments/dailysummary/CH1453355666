--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31c84cea4b64ba2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf864629ec26b41b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6e767047b594998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c87e2a0815849a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd80c479fe6514afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6e767047b594998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe94b2879abd45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c87e2a0815849a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>94,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,590</x:t>
-[...43 lines deleted...]
-          <x:t>93,200</x:t>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>90,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,240</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>92,920</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>