--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf864629ec26b41b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b7d4d9eae04605" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c87e2a0815849a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6034154d65df4fe4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe94b2879abd45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c87e2a0815849a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11180c1188d4fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6034154d65df4fe4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>