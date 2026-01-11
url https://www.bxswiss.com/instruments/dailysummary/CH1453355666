--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86b7d4d9eae04605" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecbd0ef1b5e4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6034154d65df4fe4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6ab49e03ec458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd11180c1188d4fc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6034154d65df4fe4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cc5b25e9c94e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6ab49e03ec458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>92,120</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,100</x:t>
-[...506 lines deleted...]
-        <x:is>
           <x:t>90,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>