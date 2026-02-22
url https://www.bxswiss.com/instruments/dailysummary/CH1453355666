--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbecbd0ef1b5e4bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe683e8dd894702" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6ab49e03ec458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4050dabe5ecb446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7cc5b25e9c94e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6ab49e03ec458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd950d27f4dd2472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4050dabe5ecb446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,900</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>92,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>