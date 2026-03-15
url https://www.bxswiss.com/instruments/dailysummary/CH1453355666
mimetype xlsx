--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafe683e8dd894702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37593b8b051c4773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4050dabe5ecb446f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R838ad34435594a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd950d27f4dd2472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4050dabe5ecb446f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0662c63bc11f4fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R838ad34435594a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>92,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>