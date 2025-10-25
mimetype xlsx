--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc6ee32cd0c46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f3ca3acbe64afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12e12a2dc374215"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78a9306bac9414d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbebcaa119fad4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12e12a2dc374215" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a135193472492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78a9306bac9414d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>95,630</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,240</x:t>
-[...598 lines deleted...]
-          <x:t>97,660</x:t>
+          <x:t>97,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>