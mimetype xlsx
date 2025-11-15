--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f3ca3acbe64afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f862197cceb45b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78a9306bac9414d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1cfeeeeea0c458a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a135193472492d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78a9306bac9414d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2b4928649646b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1cfeeeeea0c458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,170</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>96,830</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>96,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...225 lines deleted...]
-          <x:t>97,460</x:t>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>