--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f862197cceb45b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e936ec0541443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1cfeeeeea0c458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e7dff2e85b4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c2b4928649646b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1cfeeeeea0c458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22be8c34bc074421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e7dff2e85b4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,030</x:t>
-[...124 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,740</x:t>
-[...97 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,660</x:t>
-[...31 lines deleted...]
-          <x:t>94,690</x:t>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,870</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>91,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.11.2025</x:t>
-[...154 lines deleted...]
-          <x:t>93,400</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>