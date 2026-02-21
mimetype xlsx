--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64e936ec0541443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1f27b70d88417b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14e7dff2e85b4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8312796478a48e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22be8c34bc074421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14e7dff2e85b4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594ab1d613ae4d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8312796478a48e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,775</x:t>
-[...259 lines deleted...]
-          <x:t>95,300</x:t>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,260</x:t>
-[...129 lines deleted...]
-          <x:t>95,030</x:t>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>