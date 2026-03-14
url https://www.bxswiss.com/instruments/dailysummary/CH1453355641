--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1f27b70d88417b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2870baa177c4051" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8312796478a48e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948a35fdcd0d4d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R594ab1d613ae4d0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8312796478a48e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a5c1d8d8cbd4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948a35fdcd0d4d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Zalando</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453355641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,630</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>86,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>