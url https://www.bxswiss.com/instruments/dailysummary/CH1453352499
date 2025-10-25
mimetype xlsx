--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4257709ea87047b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86682d2f7f054037" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf434939cc0d24954"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5772724c6da0403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcacd3a862f594cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf434939cc0d24954" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841b8b0d9e944f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5772724c6da0403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>98,340</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,760</x:t>
-[...215 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,140</x:t>
-[...80 lines deleted...]
-          <x:t>97,340</x:t>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>