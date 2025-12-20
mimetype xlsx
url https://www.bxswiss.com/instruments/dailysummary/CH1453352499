--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86682d2f7f054037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061716d5ee8d46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5772724c6da0403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e842e923ee44b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R841b8b0d9e944f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5772724c6da0403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77fa1ec2ef743b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e842e923ee44b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,100</x:t>
-[...242 lines deleted...]
-          <x:t>98,480</x:t>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,440</x:t>
-[...205 lines deleted...]
-          <x:t>96,210</x:t>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,020</x:t>
-[...107 lines deleted...]
-          <x:t>97,910</x:t>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>