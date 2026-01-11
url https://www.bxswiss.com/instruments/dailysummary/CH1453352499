--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061716d5ee8d46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0fb658d1ab146df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e842e923ee44b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf44b1537be241c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77fa1ec2ef743b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e842e923ee44b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde69ff8643744bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf44b1537be241c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>98,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>97,760</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>99,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...161 lines deleted...]
-          <x:t>95,680</x:t>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>