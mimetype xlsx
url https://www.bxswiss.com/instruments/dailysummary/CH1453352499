--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0fb658d1ab146df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d1fa1cc9274a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf44b1537be241c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a90b8e4ef7461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde69ff8643744bdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf44b1537be241c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33ac7a71a60400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a90b8e4ef7461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>98,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,230</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>98,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>