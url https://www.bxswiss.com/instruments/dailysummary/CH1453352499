--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d1fa1cc9274a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a69882521547cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a90b8e4ef7461c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5971360b8b104354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33ac7a71a60400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a90b8e4ef7461c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3ad1bbe68648b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5971360b8b104354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +717,77 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>