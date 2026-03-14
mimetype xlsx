--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a69882521547cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca989491f42a4a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5971360b8b104354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcba6769fcdb4cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3ad1bbe68648b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5971360b8b104354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re26ad089a3144eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcba6769fcdb4cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1453352499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>99,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>